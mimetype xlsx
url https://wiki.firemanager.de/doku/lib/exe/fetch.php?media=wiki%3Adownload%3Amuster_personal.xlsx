--- v0 (2025-12-10)
+++ v1 (2026-03-04)
@@ -1,67 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28730"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr codeName="DieseArbeitsmappe"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\FireManager\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/0d41803a189f97af/Dokumente/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C0E44D77-109C-4E34-8FE8-2857D5D7546E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="77" documentId="13_ncr:1_{C0E44D77-109C-4E34-8FE8-2857D5D7546E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{CFC36635-1094-41E8-8FBD-376AF368523F}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="369" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="38640" windowHeight="21120" tabRatio="369" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Worksheet!$A$1:$BR$10</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Worksheet!$A$1:$BR$50</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Windows User</author>
     <author>Dieter Hasenkopf</author>
     <author>Frame-PCSSD</author>
   </authors>
   <commentList>
@@ -99,581 +101,662 @@
             <charset val="1"/>
           </rPr>
           <t>Mögliche Eingabe:
 - Herr
 - Frau
 - Divers</t>
         </r>
       </text>
     </comment>
     <comment ref="C1" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000003000000}">
       <text>
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
           <t>Mögliche Eingabe:
 - M
 - W
 - D</t>
         </r>
       </text>
     </comment>
+    <comment ref="D1" authorId="1" shapeId="0" xr:uid="{4FDC0EFE-071C-455D-8FCF-0B83625ED632}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Segoe UI"/>
+            <family val="2"/>
+          </rPr>
+          <t>PFLICHTFELD</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Segoe UI"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="E1" authorId="1" shapeId="0" xr:uid="{01C694EC-BF17-4B6F-A07F-7AE5688D1315}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Segoe UI"/>
+            <family val="2"/>
+          </rPr>
+          <t>PFLICHTFELD</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Segoe UI"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+</t>
+        </r>
+      </text>
+    </comment>
     <comment ref="I1" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000004000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
-          <t>Windows User:</t>
+          <t xml:space="preserve">Status
+</t>
         </r>
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
           <t xml:space="preserve">
-Windows User:
 Mögliche Eingabe:
   -  Aktiv = dem Kdt. unterstellt (Kinder, Jugend, Aktiv)
   -  Passiv = Normale Mitglieder (auch ehemalige aktive)
 Hier werden lediglich diese beiden Optionen im System erkannt. Jede andere Eingabe wird im System als Passiv hinterlegt</t>
         </r>
       </text>
     </comment>
     <comment ref="J1" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000005000000}">
       <text>
         <r>
           <rPr>
-            <b/>
-[...15 lines deleted...]
-Windows User:
+            <sz val="8"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <charset val="1"/>
+          </rPr>
+          <t>Angabe ob förderndes Mitglied.
 Mögliche Eingabe:
   -  Ja
   -  Nein
 Hierdurch wird im System angezeigt ob dieses Mitglied Fördernd angesehen wird. Auswertung erfolgt bei der G1/G2 Meldung</t>
         </r>
       </text>
     </comment>
+    <comment ref="K1" authorId="1" shapeId="0" xr:uid="{19D3BA34-3686-4981-9A6A-C42D4A1CC2F4}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Segoe UI"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">PFLICHTFELD
+Datumsformat
+</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Segoe UI"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">Mögliche Schreibweise:
+ -  01.01.1999
+Bitte im im Datumsformat (kurz) eingeben!
+</t>
+        </r>
+      </text>
+    </comment>
     <comment ref="L1" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000006000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
-          <t>Windows User:</t>
-[...6 lines deleted...]
-            <charset val="1"/>
+          <t xml:space="preserve">Vereinseintrittsdatum
+Datumsformat
+</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="8"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Mögliche Schreibweise:
  -  01.01.1999
- -  1999
-Falls lediglich die Jahreszahl angegeben wird wird diese Jahreszahl durch das System automatisch mit dem 01.01 verknüpft/erweitert 
+Bitte im im Datumsformat (kurz) eingeben!</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="M1" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000007000000}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="8"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <charset val="1"/>
+          </rPr>
+          <t xml:space="preserve">Vereinsaustrittsdatum
 </t>
         </r>
-      </text>
-[...2 lines deleted...]
-      <text>
+        <r>
+          <rPr>
+            <sz val="8"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <charset val="1"/>
+          </rPr>
+          <t xml:space="preserve">
+</t>
+        </r>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
-            <charset val="1"/>
-[...1 lines deleted...]
-          <t>Windows User:</t>
+            <family val="2"/>
+          </rPr>
+          <t>Datumsformat</t>
         </r>
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
           <t xml:space="preserve">
 Mögliche Schreibweise:
  -  01.01.1999
- -  1999
-Falls lediglich die Jahreszahl angegeben wird wird diese Jahreszahl durch das System automatisch mit dem 01.01 verknüpft/erweitert</t>
+Bitte im im Datumsformat (kurz) eingeben!</t>
         </r>
       </text>
     </comment>
     <comment ref="N1" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000008000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
-            <charset val="1"/>
-[...8 lines deleted...]
-            <charset val="1"/>
+            <family val="2"/>
+          </rPr>
+          <t>Beginn der aktiven Dienstzeit - frühestens mit dem 12. Geburtstag
+Datumsformat</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="8"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Mögliche Schreibweise:
  -  01.01.1999
- -  1999
-Falls lediglich die Jahreszahl angegeben wird wird diese Jahreszahl durch das System automatisch mit dem 01.01 verknüpft/erweitert</t>
+Bitte im im Datumsformat (kurz) eingeben!</t>
         </r>
       </text>
     </comment>
     <comment ref="O1" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000009000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
-          <t>Windows User:</t>
-[...6 lines deleted...]
-            <charset val="1"/>
+          <t xml:space="preserve">Ende der aktiven Dienstzeit.
+Datumsformat
+</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="8"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Mögliche Schreibweise:
  -  01.01.1999
- -  1999
-Falls lediglich die Jahreszahl angegeben wird wird diese Jahreszahl durch das System automatisch mit dem 01.01 verknüpft/erweitert</t>
+Bitte im im Datumsformat (kurz) eingeben!</t>
         </r>
       </text>
     </comment>
     <comment ref="P1" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-00000A000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
           <t>Windows User:</t>
         </r>
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
           <t xml:space="preserve">
 War das Mitglied bereits in der Vergangen z.b. mit Unterbrechungen bereits Aktives Mitglieder eine Bayrischen Feuerwehr.
 Angabe in vollen Monate = 12 Monate = 1 Jahr</t>
         </r>
       </text>
     </comment>
     <comment ref="Q1" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-00000B000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
-          <t>Windows User:</t>
+          <t>Bemerkungsfeld</t>
         </r>
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
           <t xml:space="preserve">
 Freitextfeld für Informationen, welche keinem anderen Feld zugeordnet werden können.</t>
         </r>
       </text>
     </comment>
     <comment ref="W1" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-00000C000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
           <t>Windows User:</t>
         </r>
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
           <t xml:space="preserve">
 Mögliche Option:
  -  Ja
  -  Nein</t>
         </r>
       </text>
     </comment>
     <comment ref="X1" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-00000D000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
-          <t>Windows User:</t>
-[...9 lines deleted...]
-Mögliche Schreibweise:
+          <t xml:space="preserve">Datumsformat
+</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="8"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Mögliche Schreibweise:
  -  01.01.1999
- -  1999
-Falls lediglich die Jahreszahl angegeben wird wird diese Jahreszahl durch das System automatisch mit dem 01.01 verknüpft/erweitert</t>
+Bitte im im Datumsformat (kurz) eingeben!</t>
         </r>
       </text>
     </comment>
     <comment ref="Y1" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-00000E000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
           <t>Windows User:</t>
         </r>
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
           <t xml:space="preserve">
 Mögliche Option:
  -  Ja
  -  Nein</t>
         </r>
       </text>
     </comment>
     <comment ref="Z1" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-00000F000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
-            <charset val="1"/>
-[...1 lines deleted...]
-          <t>Windows User:</t>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">Datumsformat
+</t>
         </r>
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
           <t xml:space="preserve">
 Mögliche Schreibweise:
  -  01.01.1999
- -  1999
-Falls lediglich die Jahreszahl angegeben wird wird diese Jahreszahl durch das System automatisch mit dem 01.01 verknüpft/erweitert</t>
+Bitte im im Datumsformat (kurz) eingeben!</t>
         </r>
       </text>
     </comment>
     <comment ref="AA1" authorId="1" shapeId="0" xr:uid="{775B4EB4-2D6C-43C3-84FA-4E24B9DFBC5A}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <charset val="1"/>
           </rPr>
           <t>Dieter Hasenkopf:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <charset val="1"/>
           </rPr>
           <t xml:space="preserve">
 Mögliche Option:
  -  Ja
  -  Nein
 </t>
         </r>
       </text>
     </comment>
     <comment ref="AB1" authorId="1" shapeId="0" xr:uid="{4A177DEF-84F8-466D-8E30-4D0641B35526}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
-            <charset val="1"/>
-[...1 lines deleted...]
-          <t>Dieter Hasenkopf:</t>
+            <family val="2"/>
+          </rPr>
+          <t>Datumsformat</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <charset val="1"/>
           </rPr>
           <t xml:space="preserve">
 Mögliche Schreibweise:
  -  01.01.1999
- -  1999
-Falls lediglich die Jahreszahl angegeben wird wird diese Jahreszahl durch das System automatisch mit dem 01.01 verknüpft/erweitert</t>
+Bitte im im Datumsformat (kurz) eingeben!</t>
         </r>
       </text>
     </comment>
     <comment ref="AC1" authorId="1" shapeId="0" xr:uid="{77D7DD0A-80A0-4BFC-B763-A90EF9250868}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <charset val="1"/>
           </rPr>
           <t>Dieter Hasenkopf:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <charset val="1"/>
           </rPr>
           <t xml:space="preserve">
 Mögliche Option:
  -  Ja
  -  Nein
 </t>
         </r>
       </text>
     </comment>
     <comment ref="AD1" authorId="1" shapeId="0" xr:uid="{B78769B9-4B67-4706-80AD-EC0AFD3A80F0}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <charset val="1"/>
           </rPr>
-          <t>Dieter Hasenkopf:</t>
+          <t xml:space="preserve">Windows User:
+</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
-            <charset val="1"/>
-[...2 lines deleted...]
-Mögliche Schreibweise:
+            <family val="2"/>
+          </rPr>
+          <t>Mögliche Schreibweise:
  -  01.01.1999
- -  1999
-Falls lediglich die Jahreszahl angegeben wird wird diese Jahreszahl durch das System automatisch mit dem 01.01 verknüpft/erweitert</t>
+Bitte im im Datumsformat (kurz) eingeben!</t>
         </r>
       </text>
     </comment>
     <comment ref="AE1" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000010000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
           <t>Windows User:</t>
         </r>
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
           <t xml:space="preserve">
 Mögliche Option:
  -  Ja
  -  Nein</t>
         </r>
       </text>
     </comment>
     <comment ref="AF1" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000011000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
-          <t>Windows User:</t>
+          <t>Datumsformat:</t>
         </r>
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
           <t xml:space="preserve">
 Mögliche Schreibweise:
  -  01.01.1999
- -  1999
-Falls lediglich die Jahreszahl angegeben wird wird diese Jahreszahl durch das System automatisch mit dem 01.01 verknüpft/erweitert</t>
+Bitte im im Datumsformat (kurz) eingeben!</t>
         </r>
       </text>
     </comment>
     <comment ref="AG1" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000012000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
           <t>Windows User:</t>
         </r>
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
           <t xml:space="preserve">
 Mögliche Option:
  -  Ja
  -  Nein</t>
         </r>
       </text>
     </comment>
     <comment ref="AH1" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000013000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
-          <t>Windows User:</t>
-[...9 lines deleted...]
-Mögliche Schreibweise:
+          <t xml:space="preserve">Datumsformat
+</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="8"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Mögliche Schreibweise:
  -  01.01.1999
- -  1999
-Falls lediglich die Jahreszahl angegeben wird wird diese Jahreszahl durch das System automatisch mit dem 01.01 verknüpft/erweitert</t>
+Bitte im im Datumsformat (kurz) eingeben!</t>
         </r>
       </text>
     </comment>
     <comment ref="AI1" authorId="1" shapeId="0" xr:uid="{00000000-0006-0000-0000-000014000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
           <t>Dieter Hasenkopf:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Bezeichnung des Funkweckers, falls vorhanden</t>
         </r>
@@ -835,146 +918,111 @@
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
           <t>Windows User:</t>
         </r>
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
           <t xml:space="preserve">
 Falls bekannt, die Stammnummer in der Stammwehr / Haupwehr.
 -&gt; Freitextfeld z.b. ABC123</t>
         </r>
       </text>
     </comment>
     <comment ref="AT1" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-00001C000000}">
       <text>
         <r>
           <rPr>
-            <b/>
-[...15 lines deleted...]
-Seit wann ist dieses Mitglied bei Ihnen in der Wehr Doppelmitglied
+            <sz val="8"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <charset val="1"/>
+          </rPr>
+          <t>Seit wann ist dieses Mitglied bei Ihnen in der Wehr Doppelmitglied
 Mögliche Schreibweise:
  -  01.01.1999
- -  1999
-Falls lediglich die Jahreszahl angegeben wird wird diese Jahreszahl durch das System automatisch mit dem 01.01 verknüpft/erweitert</t>
+Bitte im im Datumsformat (kurz) eingeben!</t>
         </r>
       </text>
     </comment>
     <comment ref="AU1" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-00001D000000}">
       <text>
         <r>
           <rPr>
-            <b/>
-[...15 lines deleted...]
-Mitgliedsnummer der Deutschen Jugendfeuerwehr</t>
+            <sz val="8"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <charset val="1"/>
+          </rPr>
+          <t>Mitgliedsnummer der Deutschen Jugendfeuerwehr</t>
         </r>
       </text>
     </comment>
     <comment ref="AV1" authorId="1" shapeId="0" xr:uid="{00000000-0006-0000-0000-00001E000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <charset val="1"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
-          <t xml:space="preserve">Mögliche Schreibweise:
+          <t>Mögliche Schreibweise:
  -  01.01.1999
- -  1999
-Falls lediglich die Jahreszahl angegeben wird wird diese Jahreszahl durch das System automatisch mit dem 01.01 verknüpft/erweitert </t>
+Bitte im im Datumsformat (kurz) eingeben!</t>
         </r>
       </text>
     </comment>
     <comment ref="AW1" authorId="2" shapeId="0" xr:uid="{00000000-0006-0000-0000-00001F000000}">
       <text>
         <r>
           <rPr>
-            <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
-          <t>Frame-PCSSD:</t>
-[...9 lines deleted...]
-2.te Handynummer z.B. Firmentelefon</t>
+          <t>Zweite Mobiltelefonnummer z.B. Firmentelefon</t>
         </r>
       </text>
     </comment>
     <comment ref="AY1" authorId="2" shapeId="0" xr:uid="{00000000-0006-0000-0000-000020000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
           <t>Frame-PCSSD:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
           <t xml:space="preserve">
 2.te Faxnummer z.B. Firmenfax</t>
         </r>
@@ -1011,244 +1059,268 @@
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
           <t>Frame-PCSSD:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
           <t xml:space="preserve">
 z.B. Deutschland
 </t>
         </r>
       </text>
     </comment>
     <comment ref="BF1" authorId="2" shapeId="0" xr:uid="{00000000-0006-0000-0000-000023000000}">
       <text>
         <r>
           <rPr>
-            <b/>
-[...8 lines deleted...]
-          <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
           <t xml:space="preserve">
 z.B. Deutsch
 </t>
         </r>
       </text>
     </comment>
     <comment ref="BG1" authorId="2" shapeId="0" xr:uid="{00000000-0006-0000-0000-000024000000}">
       <text>
-        <r>
-[...8 lines deleted...]
-        </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
           <t xml:space="preserve">
 z.B. rk</t>
         </r>
       </text>
     </comment>
     <comment ref="BH1" authorId="2" shapeId="0" xr:uid="{00000000-0006-0000-0000-000025000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
           <t>Frame-PCSSD:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
           <t xml:space="preserve">
 Gültiger Wert:
 - Ja
 - Nein</t>
         </r>
       </text>
     </comment>
     <comment ref="BI1" authorId="2" shapeId="0" xr:uid="{00000000-0006-0000-0000-000026000000}">
       <text>
         <r>
           <rPr>
-            <b/>
-[...8 lines deleted...]
-          <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
           <t xml:space="preserve">
 Gültiger Wert: 
 - Ja
 - Nein</t>
         </r>
       </text>
     </comment>
     <comment ref="BK1" authorId="2" shapeId="0" xr:uid="{00000000-0006-0000-0000-000027000000}">
       <text>
         <r>
           <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <charset val="1"/>
+          </rPr>
+          <t>Brillenstärke
+Format: 0.0</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="BL1" authorId="2" shapeId="0" xr:uid="{00000000-0006-0000-0000-000028000000}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>Brillenstärke
+Format: 0.0</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="BM1" authorId="1" shapeId="0" xr:uid="{553CD9E7-8C7E-48E8-96BF-67DA0F80099F}">
+      <text>
+        <r>
+          <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
-            <rFont val="Tahoma"/>
-[...2 lines deleted...]
-          <t>Frame-PCSSD:</t>
+            <rFont val="Segoe UI"/>
+            <family val="2"/>
+          </rPr>
+          <t>Externer Barcode</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
-            <rFont val="Tahoma"/>
-            <charset val="1"/>
+            <rFont val="Segoe UI"/>
+            <family val="2"/>
           </rPr>
           <t xml:space="preserve">
-0.0</t>
-[...3 lines deleted...]
-    <comment ref="BL1" authorId="2" shapeId="0" xr:uid="{00000000-0006-0000-0000-000028000000}">
+Barcode eines Fremdsystems</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="BN1" authorId="1" shapeId="0" xr:uid="{A3F14E3B-B37C-4A6C-A1ED-079C8B22C2BA}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Segoe UI"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">Interne Werte
+</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="BR1" authorId="1" shapeId="0" xr:uid="{D990F4A9-4D3D-4D8F-B359-A8F0F8305799}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
-            <rFont val="Tahoma"/>
-[...2 lines deleted...]
-          <t>Frame-PCSSD:</t>
+            <rFont val="Segoe UI"/>
+            <family val="2"/>
+          </rPr>
+          <t>Zahlungsweise von Beiträgen:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
-            <rFont val="Tahoma"/>
+            <rFont val="Segoe UI"/>
             <charset val="1"/>
           </rPr>
           <t xml:space="preserve">
-0.0</t>
-[...3 lines deleted...]
-    <comment ref="BR1" authorId="1" shapeId="0" xr:uid="{D990F4A9-4D3D-4D8F-B359-A8F0F8305799}">
+1 = SEPA (Standardwert)
+2 = Rechnung
+3 = Bar
+4 = kein Beitrag
+</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="BS1" authorId="1" shapeId="0" xr:uid="{3676B07A-1C89-41AE-8C67-6728B2078F3C}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
-            <charset val="1"/>
-[...1 lines deleted...]
-          <t>Dieter Hasenkopf:</t>
+            <family val="2"/>
+          </rPr>
+          <t>Mitgliedschaft in der Kinderfeuerwehr</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <charset val="1"/>
           </rPr>
           <t xml:space="preserve">
-Zahlungsweise von Beiträgen:
-[...11 lines deleted...]
-            <b/>
+Mögliche Schreibweise:
+ -  01.01.1999
+Bitte im im Datumsformat (kurz) eingeben!</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="BT1" authorId="1" shapeId="0" xr:uid="{5C66C5AD-F750-4C78-AB5F-CB19A50E0C3B}">
+      <text>
+        <r>
+          <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
-            <charset val="1"/>
-[...2 lines deleted...]
-        </r>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Mögliche Schreibweise:
+ -  01.01.1999
+Bitte im im Datumsformat (kurz) eingeben!
+</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="BV1" authorId="1" shapeId="0" xr:uid="{AD3895F6-01AA-42CE-8473-D563E1BB273D}">
+      <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
-            <charset val="1"/>
+            <family val="2"/>
           </rPr>
           <t xml:space="preserve">
-Mitgliedschaft in der Kinderfeuerwehr</t>
+Mögliche Schreibweise:
+ -  01.01.1999
+Bitte im im Datumsformat (kurz) eingeben!
+</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="130" uniqueCount="115">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Anrede</t>
   </si>
   <si>
     <t>Geschlecht</t>
   </si>
   <si>
     <t>Nachname</t>
   </si>
   <si>
     <t>Vorname</t>
   </si>
   <si>
@@ -1565,51 +1637,51 @@
     <t>Hochzeitstag</t>
   </si>
   <si>
     <t>Stellenkennziffer</t>
   </si>
   <si>
     <t>Schulabschluss</t>
   </si>
   <si>
     <t>Studium</t>
   </si>
   <si>
     <t>Realschulabschluss</t>
   </si>
   <si>
     <t>Fachinformatiker</t>
   </si>
   <si>
     <t>Arbeitszeitmodell ID</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="12" x14ac:knownFonts="1">
+  <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <charset val="1"/>
     </font>
     <font>
@@ -1640,88 +1712,151 @@
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Segoe UI"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
     </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color rgb="FF7F7F7F"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color indexed="81"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="8"/>
+      <color indexed="81"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color indexed="81"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
   </fonts>
-  <fills count="2">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.59999389629810485"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.59999389629810485"/>
+        <bgColor indexed="64"/>
+      </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="9">
+  <cellXfs count="13">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="49" fontId="1" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="1"/>
+    <xf numFmtId="14" fontId="1" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
+    <cellStyle name="Erklärender Text" xfId="1" builtinId="53"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="23">
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+    </dxf>
     <dxf>
       <numFmt numFmtId="19" formatCode="dd/mm/yyyy"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="19" formatCode="dd/mm/yyyy"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="19" formatCode="dd/mm/yyyy"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="19" formatCode="dd/mm/yyyy"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color rgb="FF000000"/>
@@ -1864,99 +1999,81 @@
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
     </dxf>
     <dxf>
       <font>
-        <b val="0"/>
-[...16 lines deleted...]
-      <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>457201</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>161925</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>7</xdr:col>
       <xdr:colOff>476250</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>57150</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="Textfeld 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
             </a:ext>
           </a:extLst>
@@ -2102,126 +2219,130 @@
           </a:r>
         </a:p>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr lang="de-DE" sz="1100" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
             </a:rPr>
             <a:t>Euer FireManager-Team</a:t>
           </a:r>
           <a:endParaRPr lang="de-DE" sz="1100">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+</file>
+
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{BB580182-8E5A-45A8-85B1-7461E922EB6D}" name="Tabelle1" displayName="Tabelle1" ref="A1:BY10" totalsRowShown="0" headerRowDxfId="22">
-  <autoFilter ref="A1:BY10" xr:uid="{BB580182-8E5A-45A8-85B1-7461E922EB6D}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{BB580182-8E5A-45A8-85B1-7461E922EB6D}" name="Tabelle1" displayName="Tabelle1" ref="A1:BY50" totalsRowShown="0" headerRowDxfId="22">
+  <autoFilter ref="A1:BY50" xr:uid="{BB580182-8E5A-45A8-85B1-7461E922EB6D}"/>
   <tableColumns count="77">
     <tableColumn id="1" xr3:uid="{E1582535-F281-43C5-8E5C-1D76E7BA6285}" name="ID"/>
     <tableColumn id="2" xr3:uid="{8A2CC5C4-5DCB-4D99-A276-C85733841C1E}" name="Anrede"/>
     <tableColumn id="3" xr3:uid="{C63505A1-73DD-4E20-B440-92401BA8D09D}" name="Geschlecht"/>
-    <tableColumn id="4" xr3:uid="{5D0AA28D-EAEF-44E1-9512-DBFBF32D9A8C}" name="Nachname" dataDxfId="21"/>
-[...1 lines deleted...]
-    <tableColumn id="6" xr3:uid="{C3511E88-4056-4579-9E08-740DFAFC2E93}" name="Strasse" dataDxfId="19"/>
+    <tableColumn id="4" xr3:uid="{5D0AA28D-EAEF-44E1-9512-DBFBF32D9A8C}" name="Nachname" dataDxfId="0"/>
+    <tableColumn id="5" xr3:uid="{76F3A43B-A582-4487-9637-35F9715E0D6E}" name="Vorname" dataDxfId="21"/>
+    <tableColumn id="6" xr3:uid="{C3511E88-4056-4579-9E08-740DFAFC2E93}" name="Strasse" dataDxfId="20"/>
     <tableColumn id="7" xr3:uid="{C63FFBD9-CC85-4ADE-84F5-3CC53D407847}" name="Plz"/>
     <tableColumn id="8" xr3:uid="{BA91CB0C-20B3-459F-B662-D8321427247E}" name="Ort"/>
     <tableColumn id="9" xr3:uid="{40372D36-942A-4508-88F3-46EAE1A883BA}" name="Aktiv"/>
     <tableColumn id="10" xr3:uid="{36CA309C-686C-4590-BF39-DAA96EE3E802}" name="Fördernd"/>
-    <tableColumn id="11" xr3:uid="{E4B3D779-F049-4F9E-A7E9-595C89351006}" name="Geburtsdatum" dataDxfId="18"/>
-    <tableColumn id="12" xr3:uid="{B6980012-E27F-415A-9F3E-773D30483D26}" name="Eintritt" dataDxfId="17"/>
+    <tableColumn id="11" xr3:uid="{E4B3D779-F049-4F9E-A7E9-595C89351006}" name="Geburtsdatum" dataDxfId="19"/>
+    <tableColumn id="12" xr3:uid="{B6980012-E27F-415A-9F3E-773D30483D26}" name="Eintritt" dataDxfId="18"/>
     <tableColumn id="13" xr3:uid="{994D42EC-7C2A-4A97-9820-631177B212C1}" name="Austritt"/>
-    <tableColumn id="14" xr3:uid="{D1055BB1-2C9A-4C9D-9AF6-8B0564F91251}" name="Aktiv von" dataDxfId="16"/>
+    <tableColumn id="14" xr3:uid="{D1055BB1-2C9A-4C9D-9AF6-8B0564F91251}" name="Aktiv von" dataDxfId="17"/>
     <tableColumn id="15" xr3:uid="{45144C70-9614-4781-9E98-EDA5CCB945BF}" name="Aktiv bis"/>
     <tableColumn id="16" xr3:uid="{357F5945-342D-4244-B0CE-C1241D7E12B2}" name="Aktiv plus Monate"/>
-    <tableColumn id="17" xr3:uid="{C00C18FF-AE0D-4A8E-9E83-EF20EDE4252A}" name="Bemerkung" dataDxfId="15"/>
-[...3 lines deleted...]
-    <tableColumn id="21" xr3:uid="{A702AE06-9C7B-4CB7-8E46-587CB476D36B}" name="Fax Privat" dataDxfId="11"/>
+    <tableColumn id="17" xr3:uid="{C00C18FF-AE0D-4A8E-9E83-EF20EDE4252A}" name="Bemerkung" dataDxfId="16"/>
+    <tableColumn id="18" xr3:uid="{F92B91A1-DF0F-4C27-84FC-A3D5016E1EB1}" name="Telefon Privat" dataDxfId="15"/>
+    <tableColumn id="19" xr3:uid="{22FDE106-C1B8-4444-AA36-018B0408804D}" name="Telefon Firma" dataDxfId="14"/>
+    <tableColumn id="20" xr3:uid="{57EF8D4E-C113-42A9-A926-D88FDC77AE8A}" name="Handy Privat" dataDxfId="13"/>
+    <tableColumn id="21" xr3:uid="{A702AE06-9C7B-4CB7-8E46-587CB476D36B}" name="Fax Privat" dataDxfId="12"/>
     <tableColumn id="22" xr3:uid="{572CB4E4-A571-4089-839E-8114126B93B0}" name="Email"/>
     <tableColumn id="23" xr3:uid="{79748824-75B3-41B8-92EA-142DC71B0EF5}" name="Atemschutz"/>
     <tableColumn id="24" xr3:uid="{6A5A900C-11D7-461A-923E-A4DA3386F915}" name="Atemschutz seit"/>
     <tableColumn id="25" xr3:uid="{7032EE8C-CE03-4DF1-A46F-2E24F2B82D94}" name="Maschinist"/>
-    <tableColumn id="26" xr3:uid="{2EA1D406-8E20-455A-9722-994273E3D600}" name="Maschinist seit" dataDxfId="10"/>
-[...3 lines deleted...]
-    <tableColumn id="30" xr3:uid="{824C3B83-B276-46DA-B85E-A480405FD15A}" name="First Responder seit" dataDxfId="6"/>
+    <tableColumn id="26" xr3:uid="{2EA1D406-8E20-455A-9722-994273E3D600}" name="Maschinist seit" dataDxfId="11"/>
+    <tableColumn id="27" xr3:uid="{671E4DCD-0BB3-4F5E-A0E7-BF66C766B641}" name="CSA " dataDxfId="10"/>
+    <tableColumn id="28" xr3:uid="{7ED195BE-9247-4425-999E-59A6BB88082C}" name="CSA seit" dataDxfId="9"/>
+    <tableColumn id="29" xr3:uid="{550FD406-66B1-4C1E-B4E4-384B51B4126F}" name="First Responder" dataDxfId="8"/>
+    <tableColumn id="30" xr3:uid="{824C3B83-B276-46DA-B85E-A480405FD15A}" name="First Responder seit" dataDxfId="7"/>
     <tableColumn id="31" xr3:uid="{28536AD8-2F92-4DA2-ADBC-CCAC91E7EF6B}" name="DLK Maschinist"/>
     <tableColumn id="32" xr3:uid="{48008430-66CA-46CD-8684-A97A12FD0493}" name="DLK Maschinist seit"/>
     <tableColumn id="33" xr3:uid="{AF2CD516-F4AA-4BEF-B801-356108AF67A2}" name="Staplerschein"/>
-    <tableColumn id="34" xr3:uid="{9CC37458-B1F2-48BB-AB40-694AC6A5AFCC}" name="Staplerschein seit" dataDxfId="5"/>
+    <tableColumn id="34" xr3:uid="{9CC37458-B1F2-48BB-AB40-694AC6A5AFCC}" name="Staplerschein seit" dataDxfId="6"/>
     <tableColumn id="35" xr3:uid="{B0089506-55F1-4DFB-B6E0-42D1E0AC2AE9}" name="FME Typ"/>
-    <tableColumn id="36" xr3:uid="{4675DC5F-CE1B-40FB-A2F7-9C8F351533D9}" name="FME Seriennummer" dataDxfId="4"/>
+    <tableColumn id="36" xr3:uid="{4675DC5F-CE1B-40FB-A2F7-9C8F351533D9}" name="FME Seriennummer" dataDxfId="5"/>
     <tableColumn id="37" xr3:uid="{138A1D24-2005-4B1F-8291-E99B8D58EEBD}" name="Spindnummer"/>
     <tableColumn id="38" xr3:uid="{DB6BA17C-E835-4EEC-8319-881FE7D93065}" name="Spindschlüsselnummer"/>
     <tableColumn id="39" xr3:uid="{DD50117B-CC45-4F78-8D3F-9AC864B702D0}" name="Führerschein"/>
     <tableColumn id="40" xr3:uid="{77C80DE9-E161-4914-B9AB-F327A391B210}" name="Beruf"/>
     <tableColumn id="41" xr3:uid="{C032C5AB-924C-44C1-8A95-FD7F200915E2}" name="Personalnummer"/>
     <tableColumn id="42" xr3:uid="{14422C12-C2F7-4C16-93BA-7D8B75C89F8B}" name="Titel"/>
     <tableColumn id="43" xr3:uid="{5593374B-44C7-48ED-A6FB-A3987CFA7040}" name="Doppelmitglied"/>
     <tableColumn id="44" xr3:uid="{17E47198-30EA-4A4A-AC51-A8550EEB9A84}" name="Hauptwehr"/>
     <tableColumn id="45" xr3:uid="{9694BFED-C624-4450-90B1-CB8A95FDCA29}" name="Hauptwehr Mitgliedsnummer"/>
-    <tableColumn id="46" xr3:uid="{2FBCD7A7-172F-4E1A-AC64-92CEB80BABB5}" name="Doppelmitglied Seit" dataDxfId="3"/>
+    <tableColumn id="46" xr3:uid="{2FBCD7A7-172F-4E1A-AC64-92CEB80BABB5}" name="Doppelmitglied Seit" dataDxfId="4"/>
     <tableColumn id="47" xr3:uid="{C7283A87-4316-4BC8-923C-E87AE8CE17AA}" name="DJF Mitgliedsnummer"/>
-    <tableColumn id="48" xr3:uid="{F6C68C5C-9479-4F23-8E6F-AFA2C099A3B3}" name="Verstorben" dataDxfId="2"/>
+    <tableColumn id="48" xr3:uid="{F6C68C5C-9479-4F23-8E6F-AFA2C099A3B3}" name="Verstorben" dataDxfId="3"/>
     <tableColumn id="49" xr3:uid="{2827E582-C63E-4929-BB48-F7782F8D17EB}" name="Handynummer 2"/>
     <tableColumn id="50" xr3:uid="{633DD2D5-D7F8-4BF5-9B34-DCCA0736598B}" name="Krankenkasse"/>
     <tableColumn id="51" xr3:uid="{C93CEE38-5761-4889-B540-8E6F013EA14D}" name="Faxnummer 2"/>
     <tableColumn id="52" xr3:uid="{86FD7FEC-778C-46E3-A98C-49CB55DB6CCB}" name="E-Mail 2"/>
     <tableColumn id="53" xr3:uid="{2202C409-D909-4CCB-A25C-B7784B8C1CD1}" name="Arbeitgeber"/>
     <tableColumn id="54" xr3:uid="{5E3785EC-75CB-4F10-B3D8-1F0E8240FCC7}" name="Ortsteil"/>
     <tableColumn id="55" xr3:uid="{4BAB40C3-06A1-4039-937C-B1C23CCF5161}" name="Geburtsort"/>
     <tableColumn id="56" xr3:uid="{F4FCA3BE-EBA4-48EF-B529-5D172E6839D8}" name="Geburtsland"/>
     <tableColumn id="57" xr3:uid="{74A0810F-6C65-48F6-802F-4B145732C2EC}" name="Geburtsname"/>
     <tableColumn id="58" xr3:uid="{2C6F235A-9F35-497F-BDA7-E583FBA8BC2F}" name="Staatsangehörigkeit"/>
     <tableColumn id="59" xr3:uid="{02FECE51-E46C-444C-AFC4-D397980F1654}" name="Konfession"/>
     <tableColumn id="60" xr3:uid="{07E31C5B-89E5-4889-9AD4-21825DAAEEE5}" name="Familienstand"/>
     <tableColumn id="61" xr3:uid="{B0E256A8-40DC-4A92-AF79-874BAC4FD2D1}" name="Maskenbrille"/>
     <tableColumn id="62" xr3:uid="{FFB0247C-E7BA-45EF-BA27-885D61E921F3}" name="Fahrbrille"/>
     <tableColumn id="63" xr3:uid="{2D00C4BC-40F6-4BCC-A9A4-B225EEAFA9BE}" name="Dioptie Links"/>
     <tableColumn id="64" xr3:uid="{9916342F-5041-4A11-BACC-727DB4F921A7}" name="Dioptire Rechts"/>
     <tableColumn id="65" xr3:uid="{299908B6-2BBC-4DBB-BCE9-967FEF3013F3}" name="Externer Barcode"/>
     <tableColumn id="66" xr3:uid="{31F2378F-21B1-4B5A-BF67-5CA1496FB6D7}" name="Externe ID"/>
     <tableColumn id="67" xr3:uid="{9AAEE1A1-D395-4914-9785-89151959F438}" name="Externe ID 2"/>
     <tableColumn id="68" xr3:uid="{9DF27106-B680-499C-86D4-4A91C35EA86F}" name="Externe ID 3"/>
     <tableColumn id="70" xr3:uid="{61D6A3E5-2CB8-459E-AB9B-EBE7A6F41A69}" name="Externe ID 4"/>
     <tableColumn id="69" xr3:uid="{0E90CD9C-B300-437C-A9FA-169D6B915499}" name="Zahlungsart"/>
-    <tableColumn id="71" xr3:uid="{2AD98091-4B4A-4D81-9F65-85118E9B3BE5}" name="Kind von" dataDxfId="1"/>
-    <tableColumn id="72" xr3:uid="{E9571600-4B0A-43C4-909D-A7CEAD76F7E8}" name="Kind bis" dataDxfId="0"/>
+    <tableColumn id="71" xr3:uid="{2AD98091-4B4A-4D81-9F65-85118E9B3BE5}" name="Kind von" dataDxfId="2"/>
+    <tableColumn id="72" xr3:uid="{E9571600-4B0A-43C4-909D-A7CEAD76F7E8}" name="Kind bis" dataDxfId="1"/>
     <tableColumn id="73" xr3:uid="{DAA63B81-BA8E-4C20-B0CD-70CB9B320734}" name="Stellenkennziffer"/>
     <tableColumn id="74" xr3:uid="{2E08C9AA-98F9-4443-AFCA-9628C16DE0E4}" name="Hochzeitstag"/>
     <tableColumn id="75" xr3:uid="{EF206C3F-6E4C-45C4-B208-7C8D1ECC7418}" name="Schulabschluss"/>
     <tableColumn id="76" xr3:uid="{10B16C54-BFB7-46D2-B70E-E527B5BB47F4}" name="Studium"/>
     <tableColumn id="77" xr3:uid="{BE5325E0-1F51-4FD3-9BE3-5A5738D950C5}" name="Arbeitszeitmodell ID"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -2480,272 +2601,272 @@
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Tabelle1"/>
-  <dimension ref="A1:BY10"/>
+  <dimension ref="A1:BY50"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="BH1" workbookViewId="0">
+    <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="BX14" sqref="BX14"/>
+      <selection pane="bottomLeft" activeCell="H9" sqref="H9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.5" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="9.875" customWidth="1"/>
     <col min="3" max="3" width="12.75" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.25" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="11.5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="25.625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="6.75" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="26.875" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="8" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="10.625" customWidth="1"/>
-    <col min="11" max="11" width="15.125" style="4" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="15.125" style="3" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="12.75" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="10.5" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="12.75" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="11.5" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="21" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="12.625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="17.375" bestFit="1" customWidth="1"/>
     <col min="19" max="21" width="16.25" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="14.125" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="12.75" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="16.375" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="12.75" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="15.5" bestFit="1" customWidth="1"/>
     <col min="27" max="27" width="12.125" customWidth="1"/>
     <col min="28" max="28" width="12.375" customWidth="1"/>
     <col min="29" max="29" width="16.125" bestFit="1" customWidth="1"/>
     <col min="30" max="30" width="19.75" bestFit="1" customWidth="1"/>
     <col min="31" max="31" width="17.375" bestFit="1" customWidth="1"/>
     <col min="32" max="32" width="23.25" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="16.25" bestFit="1" customWidth="1"/>
-    <col min="34" max="34" width="22.125" style="6" bestFit="1" customWidth="1"/>
+    <col min="34" max="34" width="22.125" style="5" bestFit="1" customWidth="1"/>
     <col min="35" max="35" width="26.875" bestFit="1" customWidth="1"/>
     <col min="36" max="36" width="19.875" bestFit="1" customWidth="1"/>
     <col min="37" max="37" width="14.875" customWidth="1"/>
     <col min="38" max="38" width="24.625" bestFit="1" customWidth="1"/>
     <col min="39" max="39" width="15.125" bestFit="1" customWidth="1"/>
     <col min="40" max="40" width="15.5" customWidth="1"/>
     <col min="41" max="41" width="17.375" customWidth="1"/>
     <col min="42" max="42" width="10.75" customWidth="1"/>
     <col min="43" max="43" width="15.875" customWidth="1"/>
     <col min="44" max="44" width="12.375" customWidth="1"/>
     <col min="45" max="45" width="28" customWidth="1"/>
     <col min="46" max="46" width="19.625" customWidth="1"/>
     <col min="47" max="47" width="21.125" customWidth="1"/>
-    <col min="48" max="48" width="12.25" style="6" customWidth="1"/>
+    <col min="48" max="48" width="12.25" style="5" customWidth="1"/>
     <col min="49" max="49" width="17" customWidth="1"/>
     <col min="50" max="50" width="17.25" customWidth="1"/>
     <col min="51" max="51" width="14.25" customWidth="1"/>
     <col min="52" max="52" width="21.625" bestFit="1" customWidth="1"/>
     <col min="53" max="53" width="13.125" bestFit="1" customWidth="1"/>
     <col min="54" max="54" width="9.125" customWidth="1"/>
     <col min="55" max="55" width="13.125" bestFit="1" customWidth="1"/>
     <col min="56" max="56" width="13.375" bestFit="1" customWidth="1"/>
     <col min="57" max="57" width="14.375" bestFit="1" customWidth="1"/>
     <col min="58" max="58" width="20.125" bestFit="1" customWidth="1"/>
     <col min="59" max="59" width="12.125" bestFit="1" customWidth="1"/>
     <col min="60" max="60" width="14.625" customWidth="1"/>
     <col min="61" max="61" width="13.75" customWidth="1"/>
     <col min="62" max="62" width="10.875" customWidth="1"/>
     <col min="63" max="63" width="13.75" customWidth="1"/>
     <col min="64" max="64" width="15.875" customWidth="1"/>
     <col min="65" max="65" width="17.5" customWidth="1"/>
     <col min="66" max="68" width="14.125" bestFit="1" customWidth="1"/>
     <col min="69" max="69" width="14.125" customWidth="1"/>
     <col min="70" max="70" width="15.875" customWidth="1"/>
-    <col min="71" max="72" width="9.875" style="6" bestFit="1" customWidth="1"/>
+    <col min="71" max="72" width="9.875" style="5" bestFit="1" customWidth="1"/>
     <col min="74" max="74" width="9.875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:77" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" s="8" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" s="9" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" s="9" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="I1" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="J1" s="1" t="s">
+      <c r="J1" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="K1" s="3" t="s">
+      <c r="K1" s="10" t="s">
         <v>10</v>
       </c>
-      <c r="L1" s="1" t="s">
+      <c r="L1" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="M1" s="1" t="s">
+      <c r="M1" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="N1" s="1" t="s">
+      <c r="N1" s="8" t="s">
         <v>13</v>
       </c>
-      <c r="O1" s="1" t="s">
+      <c r="O1" s="8" t="s">
         <v>14</v>
       </c>
       <c r="P1" s="1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" s="1" t="s">
         <v>16</v>
       </c>
       <c r="R1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="S1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="U1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="V1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="W1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="X1" s="1" t="s">
         <v>23</v>
       </c>
       <c r="Y1" s="1" t="s">
         <v>24</v>
       </c>
       <c r="Z1" s="1" t="s">
         <v>25</v>
       </c>
       <c r="AA1" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="AB1" s="7" t="s">
+      <c r="AB1" s="6" t="s">
         <v>101</v>
       </c>
       <c r="AC1" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="AD1" s="7" t="s">
+      <c r="AD1" s="6" t="s">
         <v>103</v>
       </c>
       <c r="AE1" s="1" t="s">
         <v>26</v>
       </c>
       <c r="AF1" s="1" t="s">
         <v>27</v>
       </c>
       <c r="AG1" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="AH1" s="7" t="s">
+      <c r="AH1" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AI1" s="1" t="s">
         <v>30</v>
       </c>
       <c r="AJ1" s="1" t="s">
         <v>31</v>
       </c>
       <c r="AK1" s="1" t="s">
         <v>32</v>
       </c>
       <c r="AL1" s="1" t="s">
         <v>33</v>
       </c>
       <c r="AM1" s="1" t="s">
         <v>34</v>
       </c>
       <c r="AN1" s="1" t="s">
         <v>52</v>
       </c>
       <c r="AO1" s="1" t="s">
         <v>53</v>
       </c>
       <c r="AP1" s="1" t="s">
         <v>54</v>
       </c>
       <c r="AQ1" s="1" t="s">
         <v>55</v>
       </c>
       <c r="AR1" s="1" t="s">
         <v>56</v>
       </c>
       <c r="AS1" s="1" t="s">
         <v>57</v>
       </c>
       <c r="AT1" s="1" t="s">
         <v>58</v>
       </c>
       <c r="AU1" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="AV1" s="7" t="s">
+      <c r="AV1" s="6" t="s">
         <v>66</v>
       </c>
       <c r="AW1" s="1" t="s">
         <v>67</v>
       </c>
       <c r="AX1" s="1" t="s">
         <v>68</v>
       </c>
       <c r="AY1" s="1" t="s">
         <v>69</v>
       </c>
       <c r="AZ1" s="1" t="s">
         <v>70</v>
       </c>
       <c r="BA1" s="1" t="s">
         <v>71</v>
       </c>
       <c r="BB1" s="1" t="s">
         <v>72</v>
       </c>
       <c r="BC1" s="1" t="s">
         <v>73</v>
       </c>
       <c r="BD1" s="1" t="s">
         <v>74</v>
@@ -2755,217 +2876,217 @@
       </c>
       <c r="BF1" s="1" t="s">
         <v>76</v>
       </c>
       <c r="BG1" s="1" t="s">
         <v>77</v>
       </c>
       <c r="BH1" s="1" t="s">
         <v>78</v>
       </c>
       <c r="BI1" s="1" t="s">
         <v>79</v>
       </c>
       <c r="BJ1" s="1" t="s">
         <v>80</v>
       </c>
       <c r="BK1" s="1" t="s">
         <v>81</v>
       </c>
       <c r="BL1" s="1" t="s">
         <v>82</v>
       </c>
       <c r="BM1" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="BN1" s="1" t="s">
+      <c r="BN1" s="11" t="s">
         <v>84</v>
       </c>
-      <c r="BO1" s="1" t="s">
+      <c r="BO1" s="11" t="s">
         <v>85</v>
       </c>
-      <c r="BP1" s="1" t="s">
+      <c r="BP1" s="11" t="s">
         <v>86</v>
       </c>
-      <c r="BQ1" s="1" t="s">
+      <c r="BQ1" s="11" t="s">
         <v>104</v>
       </c>
       <c r="BR1" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="BS1" s="7" t="s">
+      <c r="BS1" s="12" t="s">
         <v>105</v>
       </c>
-      <c r="BT1" s="7" t="s">
+      <c r="BT1" s="12" t="s">
         <v>106</v>
       </c>
       <c r="BU1" s="1" t="s">
         <v>109</v>
       </c>
       <c r="BV1" s="1" t="s">
         <v>108</v>
       </c>
       <c r="BW1" s="1" t="s">
         <v>110</v>
       </c>
       <c r="BX1" s="1" t="s">
         <v>111</v>
       </c>
       <c r="BY1" s="1" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="2" spans="1:77" ht="31.5" x14ac:dyDescent="0.25">
       <c r="B2" t="s">
         <v>107</v>
       </c>
       <c r="C2" t="s">
         <v>35</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>42</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>43</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G2">
         <v>92660</v>
       </c>
       <c r="H2" t="s">
         <v>36</v>
       </c>
       <c r="I2" t="s">
         <v>8</v>
       </c>
       <c r="J2" t="s">
         <v>38</v>
       </c>
-      <c r="K2" s="6">
+      <c r="K2" s="5">
         <v>30983</v>
       </c>
-      <c r="L2" s="6">
+      <c r="L2" s="5">
         <v>37653</v>
       </c>
       <c r="M2" t="s">
         <v>41</v>
       </c>
-      <c r="N2" s="6">
+      <c r="N2" s="5">
         <v>34851</v>
       </c>
       <c r="O2" t="s">
         <v>41</v>
       </c>
       <c r="P2">
         <v>0</v>
       </c>
-      <c r="Q2" s="5" t="s">
+      <c r="Q2" s="4" t="s">
         <v>47</v>
       </c>
       <c r="R2" s="2" t="s">
         <v>50</v>
       </c>
       <c r="S2" s="2" t="s">
         <v>48</v>
       </c>
       <c r="T2" s="2" t="s">
         <v>49</v>
       </c>
       <c r="U2" s="2" t="s">
         <v>46</v>
       </c>
       <c r="V2" t="s">
         <v>45</v>
       </c>
       <c r="W2" t="s">
         <v>37</v>
       </c>
       <c r="X2" t="s">
         <v>41</v>
       </c>
       <c r="Y2" t="s">
         <v>38</v>
       </c>
-      <c r="Z2" s="6">
+      <c r="Z2" s="5">
         <v>42149</v>
       </c>
-      <c r="AA2" s="6"/>
-      <c r="AB2" s="6">
+      <c r="AA2" s="5"/>
+      <c r="AB2" s="5">
         <v>42149</v>
       </c>
-      <c r="AC2" s="6"/>
-      <c r="AD2" s="6">
+      <c r="AC2" s="5"/>
+      <c r="AD2" s="5">
         <v>42149</v>
       </c>
       <c r="AE2" t="s">
         <v>37</v>
       </c>
       <c r="AF2" t="s">
         <v>41</v>
       </c>
       <c r="AG2" t="s">
         <v>37</v>
       </c>
       <c r="AI2" t="s">
         <v>39</v>
       </c>
       <c r="AJ2" s="2" t="s">
         <v>51</v>
       </c>
       <c r="AK2">
         <v>0</v>
       </c>
       <c r="AM2" t="s">
         <v>40</v>
       </c>
       <c r="AN2" t="s">
         <v>60</v>
       </c>
       <c r="AO2" t="s">
         <v>61</v>
       </c>
       <c r="AP2" t="s">
         <v>62</v>
       </c>
       <c r="AQ2" t="s">
         <v>37</v>
       </c>
       <c r="AR2" t="s">
         <v>63</v>
       </c>
       <c r="AS2" t="s">
         <v>64</v>
       </c>
-      <c r="AT2" s="6">
+      <c r="AT2" s="5">
         <v>36923</v>
       </c>
       <c r="AU2" t="s">
         <v>65</v>
       </c>
-      <c r="AV2" s="6">
+      <c r="AV2" s="5">
         <v>36923</v>
       </c>
       <c r="AW2">
         <v>15155425</v>
       </c>
       <c r="AX2" t="s">
         <v>87</v>
       </c>
       <c r="AY2">
         <v>96029444838</v>
       </c>
       <c r="AZ2" t="s">
         <v>88</v>
       </c>
       <c r="BA2" t="s">
         <v>89</v>
       </c>
       <c r="BB2" t="s">
         <v>90</v>
       </c>
       <c r="BC2" t="s">
         <v>91</v>
       </c>
       <c r="BD2" t="s">
         <v>92</v>
@@ -2990,262 +3111,1077 @@
       </c>
       <c r="BK2" t="s">
         <v>97</v>
       </c>
       <c r="BL2" t="s">
         <v>97</v>
       </c>
       <c r="BM2">
         <v>10001010</v>
       </c>
       <c r="BN2" t="s">
         <v>98</v>
       </c>
       <c r="BO2" t="s">
         <v>98</v>
       </c>
       <c r="BP2" t="s">
         <v>98</v>
       </c>
       <c r="BQ2" t="s">
         <v>98</v>
       </c>
       <c r="BR2">
         <v>1</v>
       </c>
-      <c r="BS2" s="6">
+      <c r="BS2" s="5">
         <v>44197</v>
       </c>
-      <c r="BT2" s="6">
+      <c r="BT2" s="5">
         <v>44561</v>
       </c>
       <c r="BU2">
         <v>123</v>
       </c>
-      <c r="BV2" s="6">
+      <c r="BV2" s="5">
         <v>44044</v>
       </c>
       <c r="BW2" t="s">
         <v>112</v>
       </c>
       <c r="BX2" t="s">
         <v>113</v>
       </c>
       <c r="BY2">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:77" x14ac:dyDescent="0.25">
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
-      <c r="K3" s="8" t="s">
+      <c r="K3" s="7" t="s">
         <v>41</v>
       </c>
-      <c r="L3" s="6"/>
-[...1 lines deleted...]
-      <c r="Q3" s="5"/>
+      <c r="L3" s="5"/>
+      <c r="N3" s="5"/>
+      <c r="Q3" s="4"/>
       <c r="R3" s="2"/>
       <c r="S3" s="2"/>
       <c r="T3" s="2"/>
       <c r="U3" s="2"/>
-      <c r="Z3" s="6"/>
-[...3 lines deleted...]
-      <c r="AD3" s="6"/>
+      <c r="Z3" s="5"/>
+      <c r="AA3" s="5"/>
+      <c r="AB3" s="5"/>
+      <c r="AC3" s="5"/>
+      <c r="AD3" s="5"/>
       <c r="AJ3" s="2"/>
-      <c r="AT3" s="6"/>
+      <c r="AT3" s="5"/>
     </row>
     <row r="4" spans="1:77" x14ac:dyDescent="0.25">
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
-      <c r="K4" s="6"/>
-[...2 lines deleted...]
-      <c r="Q4" s="5"/>
+      <c r="K4" s="5"/>
+      <c r="L4" s="5"/>
+      <c r="N4" s="5"/>
+      <c r="Q4" s="4"/>
       <c r="R4" s="2"/>
       <c r="S4" s="2"/>
       <c r="T4" s="2"/>
       <c r="U4" s="2"/>
-      <c r="Z4" s="6"/>
-[...3 lines deleted...]
-      <c r="AD4" s="6"/>
+      <c r="Z4" s="5"/>
+      <c r="AA4" s="5"/>
+      <c r="AB4" s="5"/>
+      <c r="AC4" s="5"/>
+      <c r="AD4" s="5"/>
       <c r="AJ4" s="2"/>
-      <c r="AT4" s="6"/>
+      <c r="AT4" s="5"/>
     </row>
     <row r="5" spans="1:77" x14ac:dyDescent="0.25">
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
-      <c r="K5" s="6"/>
-[...2 lines deleted...]
-      <c r="Q5" s="5"/>
+      <c r="K5" s="5"/>
+      <c r="L5" s="5"/>
+      <c r="N5" s="5"/>
+      <c r="Q5" s="4"/>
       <c r="R5" s="2"/>
       <c r="S5" s="2"/>
       <c r="T5" s="2"/>
       <c r="U5" s="2"/>
-      <c r="Z5" s="6"/>
-[...3 lines deleted...]
-      <c r="AD5" s="6"/>
+      <c r="Z5" s="5"/>
+      <c r="AA5" s="5"/>
+      <c r="AB5" s="5"/>
+      <c r="AC5" s="5"/>
+      <c r="AD5" s="5"/>
       <c r="AJ5" s="2"/>
-      <c r="AT5" s="6"/>
+      <c r="AT5" s="5"/>
     </row>
     <row r="6" spans="1:77" x14ac:dyDescent="0.25">
       <c r="D6" s="2"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
-      <c r="K6" s="6"/>
-[...2 lines deleted...]
-      <c r="Q6" s="5"/>
+      <c r="K6" s="5"/>
+      <c r="L6" s="5"/>
+      <c r="N6" s="5"/>
+      <c r="Q6" s="4"/>
       <c r="R6" s="2"/>
       <c r="S6" s="2"/>
       <c r="T6" s="2"/>
       <c r="U6" s="2"/>
-      <c r="Z6" s="6"/>
-[...3 lines deleted...]
-      <c r="AD6" s="6"/>
+      <c r="Z6" s="5"/>
+      <c r="AA6" s="5"/>
+      <c r="AB6" s="5"/>
+      <c r="AC6" s="5"/>
+      <c r="AD6" s="5"/>
       <c r="AJ6" s="2"/>
-      <c r="AT6" s="6"/>
+      <c r="AT6" s="5"/>
     </row>
     <row r="7" spans="1:77" x14ac:dyDescent="0.25">
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
-      <c r="K7" s="6"/>
-[...2 lines deleted...]
-      <c r="Q7" s="5"/>
+      <c r="K7" s="5"/>
+      <c r="L7" s="5"/>
+      <c r="N7" s="5"/>
+      <c r="Q7" s="4"/>
       <c r="R7" s="2"/>
       <c r="S7" s="2"/>
       <c r="T7" s="2"/>
       <c r="U7" s="2"/>
-      <c r="Z7" s="6"/>
-[...3 lines deleted...]
-      <c r="AD7" s="6"/>
+      <c r="Z7" s="5"/>
+      <c r="AA7" s="5"/>
+      <c r="AB7" s="5"/>
+      <c r="AC7" s="5"/>
+      <c r="AD7" s="5"/>
       <c r="AJ7" s="2"/>
-      <c r="AT7" s="6"/>
+      <c r="AT7" s="5"/>
     </row>
     <row r="8" spans="1:77" x14ac:dyDescent="0.25">
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
-      <c r="K8" s="6"/>
-[...2 lines deleted...]
-      <c r="Q8" s="5"/>
+      <c r="K8" s="5"/>
+      <c r="L8" s="5"/>
+      <c r="N8" s="5"/>
+      <c r="Q8" s="4"/>
       <c r="R8" s="2"/>
       <c r="S8" s="2"/>
       <c r="T8" s="2"/>
       <c r="U8" s="2"/>
-      <c r="Z8" s="6"/>
-[...3 lines deleted...]
-      <c r="AD8" s="6"/>
+      <c r="Z8" s="5"/>
+      <c r="AA8" s="5"/>
+      <c r="AB8" s="5"/>
+      <c r="AC8" s="5"/>
+      <c r="AD8" s="5"/>
       <c r="AJ8" s="2"/>
-      <c r="AT8" s="6"/>
+      <c r="AT8" s="5"/>
     </row>
     <row r="9" spans="1:77" x14ac:dyDescent="0.25">
       <c r="D9" s="2"/>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
-      <c r="K9" s="6"/>
-[...2 lines deleted...]
-      <c r="Q9" s="5"/>
+      <c r="K9" s="5"/>
+      <c r="L9" s="5"/>
+      <c r="N9" s="5"/>
+      <c r="Q9" s="4"/>
       <c r="R9" s="2"/>
       <c r="S9" s="2"/>
       <c r="T9" s="2"/>
       <c r="U9" s="2"/>
-      <c r="Z9" s="6"/>
-[...3 lines deleted...]
-      <c r="AD9" s="6"/>
+      <c r="Z9" s="5"/>
+      <c r="AA9" s="5"/>
+      <c r="AB9" s="5"/>
+      <c r="AC9" s="5"/>
+      <c r="AD9" s="5"/>
       <c r="AJ9" s="2"/>
-      <c r="AT9" s="6"/>
+      <c r="AT9" s="5"/>
     </row>
     <row r="10" spans="1:77" x14ac:dyDescent="0.25">
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
-      <c r="K10" s="6"/>
-[...2 lines deleted...]
-      <c r="Q10" s="5"/>
+      <c r="K10" s="5"/>
+      <c r="L10" s="5"/>
+      <c r="N10" s="5"/>
+      <c r="Q10" s="4"/>
       <c r="R10" s="2"/>
       <c r="S10" s="2"/>
       <c r="T10" s="2"/>
       <c r="U10" s="2"/>
-      <c r="Z10" s="6"/>
-[...3 lines deleted...]
-      <c r="AD10" s="6"/>
+      <c r="Z10" s="5"/>
+      <c r="AA10" s="5"/>
+      <c r="AB10" s="5"/>
+      <c r="AC10" s="5"/>
+      <c r="AD10" s="5"/>
       <c r="AJ10" s="2"/>
-      <c r="AT10" s="6"/>
+      <c r="AT10" s="5"/>
+    </row>
+    <row r="11" spans="1:77" x14ac:dyDescent="0.25">
+      <c r="D11" s="2"/>
+      <c r="E11" s="2"/>
+      <c r="F11" s="2"/>
+      <c r="K11" s="5"/>
+      <c r="L11" s="5"/>
+      <c r="N11" s="5"/>
+      <c r="Q11" s="4"/>
+      <c r="R11" s="2"/>
+      <c r="S11" s="2"/>
+      <c r="T11" s="2"/>
+      <c r="U11" s="2"/>
+      <c r="Z11" s="5"/>
+      <c r="AA11" s="5"/>
+      <c r="AB11" s="5"/>
+      <c r="AC11" s="5"/>
+      <c r="AD11" s="5"/>
+      <c r="AJ11" s="2"/>
+      <c r="AT11" s="5"/>
+    </row>
+    <row r="12" spans="1:77" x14ac:dyDescent="0.25">
+      <c r="D12" s="2"/>
+      <c r="E12" s="2"/>
+      <c r="F12" s="2"/>
+      <c r="K12" s="5"/>
+      <c r="L12" s="5"/>
+      <c r="N12" s="5"/>
+      <c r="Q12" s="4"/>
+      <c r="R12" s="2"/>
+      <c r="S12" s="2"/>
+      <c r="T12" s="2"/>
+      <c r="U12" s="2"/>
+      <c r="Z12" s="5"/>
+      <c r="AA12" s="5"/>
+      <c r="AB12" s="5"/>
+      <c r="AC12" s="5"/>
+      <c r="AD12" s="5"/>
+      <c r="AJ12" s="2"/>
+      <c r="AT12" s="5"/>
+    </row>
+    <row r="13" spans="1:77" x14ac:dyDescent="0.25">
+      <c r="D13" s="2"/>
+      <c r="E13" s="2"/>
+      <c r="F13" s="2"/>
+      <c r="K13" s="5"/>
+      <c r="L13" s="5"/>
+      <c r="N13" s="5"/>
+      <c r="Q13" s="4"/>
+      <c r="R13" s="2"/>
+      <c r="S13" s="2"/>
+      <c r="T13" s="2"/>
+      <c r="U13" s="2"/>
+      <c r="Z13" s="5"/>
+      <c r="AA13" s="5"/>
+      <c r="AB13" s="5"/>
+      <c r="AC13" s="5"/>
+      <c r="AD13" s="5"/>
+      <c r="AJ13" s="2"/>
+      <c r="AT13" s="5"/>
+    </row>
+    <row r="14" spans="1:77" x14ac:dyDescent="0.25">
+      <c r="D14" s="2"/>
+      <c r="E14" s="2"/>
+      <c r="F14" s="2"/>
+      <c r="K14" s="5"/>
+      <c r="L14" s="5"/>
+      <c r="N14" s="5"/>
+      <c r="Q14" s="4"/>
+      <c r="R14" s="2"/>
+      <c r="S14" s="2"/>
+      <c r="T14" s="2"/>
+      <c r="U14" s="2"/>
+      <c r="Z14" s="5"/>
+      <c r="AA14" s="5"/>
+      <c r="AB14" s="5"/>
+      <c r="AC14" s="5"/>
+      <c r="AD14" s="5"/>
+      <c r="AJ14" s="2"/>
+      <c r="AT14" s="5"/>
+    </row>
+    <row r="15" spans="1:77" x14ac:dyDescent="0.25">
+      <c r="D15" s="2"/>
+      <c r="E15" s="2"/>
+      <c r="F15" s="2"/>
+      <c r="K15" s="5"/>
+      <c r="L15" s="5"/>
+      <c r="N15" s="5"/>
+      <c r="Q15" s="4"/>
+      <c r="R15" s="2"/>
+      <c r="S15" s="2"/>
+      <c r="T15" s="2"/>
+      <c r="U15" s="2"/>
+      <c r="Z15" s="5"/>
+      <c r="AA15" s="5"/>
+      <c r="AB15" s="5"/>
+      <c r="AC15" s="5"/>
+      <c r="AD15" s="5"/>
+      <c r="AJ15" s="2"/>
+      <c r="AT15" s="5"/>
+    </row>
+    <row r="16" spans="1:77" x14ac:dyDescent="0.25">
+      <c r="D16" s="2"/>
+      <c r="E16" s="2"/>
+      <c r="F16" s="2"/>
+      <c r="K16" s="5"/>
+      <c r="L16" s="5"/>
+      <c r="N16" s="5"/>
+      <c r="Q16" s="4"/>
+      <c r="R16" s="2"/>
+      <c r="S16" s="2"/>
+      <c r="T16" s="2"/>
+      <c r="U16" s="2"/>
+      <c r="Z16" s="5"/>
+      <c r="AA16" s="5"/>
+      <c r="AB16" s="5"/>
+      <c r="AC16" s="5"/>
+      <c r="AD16" s="5"/>
+      <c r="AJ16" s="2"/>
+      <c r="AT16" s="5"/>
+    </row>
+    <row r="17" spans="4:46" x14ac:dyDescent="0.25">
+      <c r="D17" s="2"/>
+      <c r="E17" s="2"/>
+      <c r="F17" s="2"/>
+      <c r="K17" s="5"/>
+      <c r="L17" s="5"/>
+      <c r="N17" s="5"/>
+      <c r="Q17" s="4"/>
+      <c r="R17" s="2"/>
+      <c r="S17" s="2"/>
+      <c r="T17" s="2"/>
+      <c r="U17" s="2"/>
+      <c r="Z17" s="5"/>
+      <c r="AA17" s="5"/>
+      <c r="AB17" s="5"/>
+      <c r="AC17" s="5"/>
+      <c r="AD17" s="5"/>
+      <c r="AJ17" s="2"/>
+      <c r="AT17" s="5"/>
+    </row>
+    <row r="18" spans="4:46" x14ac:dyDescent="0.25">
+      <c r="D18" s="2"/>
+      <c r="E18" s="2"/>
+      <c r="F18" s="2"/>
+      <c r="K18" s="5"/>
+      <c r="L18" s="5"/>
+      <c r="N18" s="5"/>
+      <c r="Q18" s="4"/>
+      <c r="R18" s="2"/>
+      <c r="S18" s="2"/>
+      <c r="T18" s="2"/>
+      <c r="U18" s="2"/>
+      <c r="Z18" s="5"/>
+      <c r="AA18" s="5"/>
+      <c r="AB18" s="5"/>
+      <c r="AC18" s="5"/>
+      <c r="AD18" s="5"/>
+      <c r="AJ18" s="2"/>
+      <c r="AT18" s="5"/>
+    </row>
+    <row r="19" spans="4:46" x14ac:dyDescent="0.25">
+      <c r="D19" s="2"/>
+      <c r="E19" s="2"/>
+      <c r="F19" s="2"/>
+      <c r="K19" s="5"/>
+      <c r="L19" s="5"/>
+      <c r="N19" s="5"/>
+      <c r="Q19" s="4"/>
+      <c r="R19" s="2"/>
+      <c r="S19" s="2"/>
+      <c r="T19" s="2"/>
+      <c r="U19" s="2"/>
+      <c r="Z19" s="5"/>
+      <c r="AA19" s="5"/>
+      <c r="AB19" s="5"/>
+      <c r="AC19" s="5"/>
+      <c r="AD19" s="5"/>
+      <c r="AJ19" s="2"/>
+      <c r="AT19" s="5"/>
+    </row>
+    <row r="20" spans="4:46" x14ac:dyDescent="0.25">
+      <c r="D20" s="2"/>
+      <c r="E20" s="2"/>
+      <c r="F20" s="2"/>
+      <c r="K20" s="5"/>
+      <c r="L20" s="5"/>
+      <c r="N20" s="5"/>
+      <c r="Q20" s="4"/>
+      <c r="R20" s="2"/>
+      <c r="S20" s="2"/>
+      <c r="T20" s="2"/>
+      <c r="U20" s="2"/>
+      <c r="Z20" s="5"/>
+      <c r="AA20" s="5"/>
+      <c r="AB20" s="5"/>
+      <c r="AC20" s="5"/>
+      <c r="AD20" s="5"/>
+      <c r="AJ20" s="2"/>
+      <c r="AT20" s="5"/>
+    </row>
+    <row r="21" spans="4:46" x14ac:dyDescent="0.25">
+      <c r="D21" s="2"/>
+      <c r="E21" s="2"/>
+      <c r="F21" s="2"/>
+      <c r="K21" s="5"/>
+      <c r="L21" s="5"/>
+      <c r="N21" s="5"/>
+      <c r="Q21" s="4"/>
+      <c r="R21" s="2"/>
+      <c r="S21" s="2"/>
+      <c r="T21" s="2"/>
+      <c r="U21" s="2"/>
+      <c r="Z21" s="5"/>
+      <c r="AA21" s="5"/>
+      <c r="AB21" s="5"/>
+      <c r="AC21" s="5"/>
+      <c r="AD21" s="5"/>
+      <c r="AJ21" s="2"/>
+      <c r="AT21" s="5"/>
+    </row>
+    <row r="22" spans="4:46" x14ac:dyDescent="0.25">
+      <c r="D22" s="2"/>
+      <c r="E22" s="2"/>
+      <c r="F22" s="2"/>
+      <c r="K22" s="5"/>
+      <c r="L22" s="5"/>
+      <c r="N22" s="5"/>
+      <c r="Q22" s="4"/>
+      <c r="R22" s="2"/>
+      <c r="S22" s="2"/>
+      <c r="T22" s="2"/>
+      <c r="U22" s="2"/>
+      <c r="Z22" s="5"/>
+      <c r="AA22" s="5"/>
+      <c r="AB22" s="5"/>
+      <c r="AC22" s="5"/>
+      <c r="AD22" s="5"/>
+      <c r="AJ22" s="2"/>
+      <c r="AT22" s="5"/>
+    </row>
+    <row r="23" spans="4:46" x14ac:dyDescent="0.25">
+      <c r="D23" s="2"/>
+      <c r="E23" s="2"/>
+      <c r="F23" s="2"/>
+      <c r="K23" s="5"/>
+      <c r="L23" s="5"/>
+      <c r="N23" s="5"/>
+      <c r="Q23" s="4"/>
+      <c r="R23" s="2"/>
+      <c r="S23" s="2"/>
+      <c r="T23" s="2"/>
+      <c r="U23" s="2"/>
+      <c r="Z23" s="5"/>
+      <c r="AA23" s="5"/>
+      <c r="AB23" s="5"/>
+      <c r="AC23" s="5"/>
+      <c r="AD23" s="5"/>
+      <c r="AJ23" s="2"/>
+      <c r="AT23" s="5"/>
+    </row>
+    <row r="24" spans="4:46" x14ac:dyDescent="0.25">
+      <c r="D24" s="2"/>
+      <c r="E24" s="2"/>
+      <c r="F24" s="2"/>
+      <c r="K24" s="5"/>
+      <c r="L24" s="5"/>
+      <c r="N24" s="5"/>
+      <c r="Q24" s="4"/>
+      <c r="R24" s="2"/>
+      <c r="S24" s="2"/>
+      <c r="T24" s="2"/>
+      <c r="U24" s="2"/>
+      <c r="Z24" s="5"/>
+      <c r="AA24" s="5"/>
+      <c r="AB24" s="5"/>
+      <c r="AC24" s="5"/>
+      <c r="AD24" s="5"/>
+      <c r="AJ24" s="2"/>
+      <c r="AT24" s="5"/>
+    </row>
+    <row r="25" spans="4:46" x14ac:dyDescent="0.25">
+      <c r="D25" s="2"/>
+      <c r="E25" s="2"/>
+      <c r="F25" s="2"/>
+      <c r="K25" s="5"/>
+      <c r="L25" s="5"/>
+      <c r="N25" s="5"/>
+      <c r="Q25" s="4"/>
+      <c r="R25" s="2"/>
+      <c r="S25" s="2"/>
+      <c r="T25" s="2"/>
+      <c r="U25" s="2"/>
+      <c r="Z25" s="5"/>
+      <c r="AA25" s="5"/>
+      <c r="AB25" s="5"/>
+      <c r="AC25" s="5"/>
+      <c r="AD25" s="5"/>
+      <c r="AJ25" s="2"/>
+      <c r="AT25" s="5"/>
+    </row>
+    <row r="26" spans="4:46" x14ac:dyDescent="0.25">
+      <c r="D26" s="2"/>
+      <c r="E26" s="2"/>
+      <c r="F26" s="2"/>
+      <c r="K26" s="5"/>
+      <c r="L26" s="5"/>
+      <c r="N26" s="5"/>
+      <c r="Q26" s="4"/>
+      <c r="R26" s="2"/>
+      <c r="S26" s="2"/>
+      <c r="T26" s="2"/>
+      <c r="U26" s="2"/>
+      <c r="Z26" s="5"/>
+      <c r="AA26" s="5"/>
+      <c r="AB26" s="5"/>
+      <c r="AC26" s="5"/>
+      <c r="AD26" s="5"/>
+      <c r="AJ26" s="2"/>
+      <c r="AT26" s="5"/>
+    </row>
+    <row r="27" spans="4:46" x14ac:dyDescent="0.25">
+      <c r="D27" s="2"/>
+      <c r="E27" s="2"/>
+      <c r="F27" s="2"/>
+      <c r="K27" s="5"/>
+      <c r="L27" s="5"/>
+      <c r="N27" s="5"/>
+      <c r="Q27" s="4"/>
+      <c r="R27" s="2"/>
+      <c r="S27" s="2"/>
+      <c r="T27" s="2"/>
+      <c r="U27" s="2"/>
+      <c r="Z27" s="5"/>
+      <c r="AA27" s="5"/>
+      <c r="AB27" s="5"/>
+      <c r="AC27" s="5"/>
+      <c r="AD27" s="5"/>
+      <c r="AJ27" s="2"/>
+      <c r="AT27" s="5"/>
+    </row>
+    <row r="28" spans="4:46" x14ac:dyDescent="0.25">
+      <c r="D28" s="2"/>
+      <c r="E28" s="2"/>
+      <c r="F28" s="2"/>
+      <c r="K28" s="5"/>
+      <c r="L28" s="5"/>
+      <c r="N28" s="5"/>
+      <c r="Q28" s="4"/>
+      <c r="R28" s="2"/>
+      <c r="S28" s="2"/>
+      <c r="T28" s="2"/>
+      <c r="U28" s="2"/>
+      <c r="Z28" s="5"/>
+      <c r="AA28" s="5"/>
+      <c r="AB28" s="5"/>
+      <c r="AC28" s="5"/>
+      <c r="AD28" s="5"/>
+      <c r="AJ28" s="2"/>
+      <c r="AT28" s="5"/>
+    </row>
+    <row r="29" spans="4:46" x14ac:dyDescent="0.25">
+      <c r="D29" s="2"/>
+      <c r="E29" s="2"/>
+      <c r="F29" s="2"/>
+      <c r="K29" s="5"/>
+      <c r="L29" s="5"/>
+      <c r="N29" s="5"/>
+      <c r="Q29" s="4"/>
+      <c r="R29" s="2"/>
+      <c r="S29" s="2"/>
+      <c r="T29" s="2"/>
+      <c r="U29" s="2"/>
+      <c r="Z29" s="5"/>
+      <c r="AA29" s="5"/>
+      <c r="AB29" s="5"/>
+      <c r="AC29" s="5"/>
+      <c r="AD29" s="5"/>
+      <c r="AJ29" s="2"/>
+      <c r="AT29" s="5"/>
+    </row>
+    <row r="30" spans="4:46" x14ac:dyDescent="0.25">
+      <c r="D30" s="2"/>
+      <c r="E30" s="2"/>
+      <c r="F30" s="2"/>
+      <c r="K30" s="5"/>
+      <c r="L30" s="5"/>
+      <c r="N30" s="5"/>
+      <c r="Q30" s="4"/>
+      <c r="R30" s="2"/>
+      <c r="S30" s="2"/>
+      <c r="T30" s="2"/>
+      <c r="U30" s="2"/>
+      <c r="Z30" s="5"/>
+      <c r="AA30" s="5"/>
+      <c r="AB30" s="5"/>
+      <c r="AC30" s="5"/>
+      <c r="AD30" s="5"/>
+      <c r="AJ30" s="2"/>
+      <c r="AT30" s="5"/>
+    </row>
+    <row r="31" spans="4:46" x14ac:dyDescent="0.25">
+      <c r="D31" s="2"/>
+      <c r="E31" s="2"/>
+      <c r="F31" s="2"/>
+      <c r="K31" s="5"/>
+      <c r="L31" s="5"/>
+      <c r="N31" s="5"/>
+      <c r="Q31" s="4"/>
+      <c r="R31" s="2"/>
+      <c r="S31" s="2"/>
+      <c r="T31" s="2"/>
+      <c r="U31" s="2"/>
+      <c r="Z31" s="5"/>
+      <c r="AA31" s="5"/>
+      <c r="AB31" s="5"/>
+      <c r="AC31" s="5"/>
+      <c r="AD31" s="5"/>
+      <c r="AJ31" s="2"/>
+      <c r="AT31" s="5"/>
+    </row>
+    <row r="32" spans="4:46" x14ac:dyDescent="0.25">
+      <c r="D32" s="2"/>
+      <c r="E32" s="2"/>
+      <c r="F32" s="2"/>
+      <c r="K32" s="5"/>
+      <c r="L32" s="5"/>
+      <c r="N32" s="5"/>
+      <c r="Q32" s="4"/>
+      <c r="R32" s="2"/>
+      <c r="S32" s="2"/>
+      <c r="T32" s="2"/>
+      <c r="U32" s="2"/>
+      <c r="Z32" s="5"/>
+      <c r="AA32" s="5"/>
+      <c r="AB32" s="5"/>
+      <c r="AC32" s="5"/>
+      <c r="AD32" s="5"/>
+      <c r="AJ32" s="2"/>
+      <c r="AT32" s="5"/>
+    </row>
+    <row r="33" spans="4:46" x14ac:dyDescent="0.25">
+      <c r="D33" s="2"/>
+      <c r="E33" s="2"/>
+      <c r="F33" s="2"/>
+      <c r="K33" s="5"/>
+      <c r="L33" s="5"/>
+      <c r="N33" s="5"/>
+      <c r="Q33" s="4"/>
+      <c r="R33" s="2"/>
+      <c r="S33" s="2"/>
+      <c r="T33" s="2"/>
+      <c r="U33" s="2"/>
+      <c r="Z33" s="5"/>
+      <c r="AA33" s="5"/>
+      <c r="AB33" s="5"/>
+      <c r="AC33" s="5"/>
+      <c r="AD33" s="5"/>
+      <c r="AJ33" s="2"/>
+      <c r="AT33" s="5"/>
+    </row>
+    <row r="34" spans="4:46" x14ac:dyDescent="0.25">
+      <c r="D34" s="2"/>
+      <c r="E34" s="2"/>
+      <c r="F34" s="2"/>
+      <c r="K34" s="5"/>
+      <c r="L34" s="5"/>
+      <c r="N34" s="5"/>
+      <c r="Q34" s="4"/>
+      <c r="R34" s="2"/>
+      <c r="S34" s="2"/>
+      <c r="T34" s="2"/>
+      <c r="U34" s="2"/>
+      <c r="Z34" s="5"/>
+      <c r="AA34" s="5"/>
+      <c r="AB34" s="5"/>
+      <c r="AC34" s="5"/>
+      <c r="AD34" s="5"/>
+      <c r="AJ34" s="2"/>
+      <c r="AT34" s="5"/>
+    </row>
+    <row r="35" spans="4:46" x14ac:dyDescent="0.25">
+      <c r="D35" s="2"/>
+      <c r="E35" s="2"/>
+      <c r="F35" s="2"/>
+      <c r="K35" s="5"/>
+      <c r="L35" s="5"/>
+      <c r="N35" s="5"/>
+      <c r="Q35" s="4"/>
+      <c r="R35" s="2"/>
+      <c r="S35" s="2"/>
+      <c r="T35" s="2"/>
+      <c r="U35" s="2"/>
+      <c r="Z35" s="5"/>
+      <c r="AA35" s="5"/>
+      <c r="AB35" s="5"/>
+      <c r="AC35" s="5"/>
+      <c r="AD35" s="5"/>
+      <c r="AJ35" s="2"/>
+      <c r="AT35" s="5"/>
+    </row>
+    <row r="36" spans="4:46" x14ac:dyDescent="0.25">
+      <c r="D36" s="2"/>
+      <c r="E36" s="2"/>
+      <c r="F36" s="2"/>
+      <c r="K36" s="5"/>
+      <c r="L36" s="5"/>
+      <c r="N36" s="5"/>
+      <c r="Q36" s="4"/>
+      <c r="R36" s="2"/>
+      <c r="S36" s="2"/>
+      <c r="T36" s="2"/>
+      <c r="U36" s="2"/>
+      <c r="Z36" s="5"/>
+      <c r="AA36" s="5"/>
+      <c r="AB36" s="5"/>
+      <c r="AC36" s="5"/>
+      <c r="AD36" s="5"/>
+      <c r="AJ36" s="2"/>
+      <c r="AT36" s="5"/>
+    </row>
+    <row r="37" spans="4:46" x14ac:dyDescent="0.25">
+      <c r="D37" s="2"/>
+      <c r="E37" s="2"/>
+      <c r="F37" s="2"/>
+      <c r="K37" s="5"/>
+      <c r="L37" s="5"/>
+      <c r="N37" s="5"/>
+      <c r="Q37" s="4"/>
+      <c r="R37" s="2"/>
+      <c r="S37" s="2"/>
+      <c r="T37" s="2"/>
+      <c r="U37" s="2"/>
+      <c r="Z37" s="5"/>
+      <c r="AA37" s="5"/>
+      <c r="AB37" s="5"/>
+      <c r="AC37" s="5"/>
+      <c r="AD37" s="5"/>
+      <c r="AJ37" s="2"/>
+      <c r="AT37" s="5"/>
+    </row>
+    <row r="38" spans="4:46" x14ac:dyDescent="0.25">
+      <c r="D38" s="2"/>
+      <c r="E38" s="2"/>
+      <c r="F38" s="2"/>
+      <c r="K38" s="5"/>
+      <c r="L38" s="5"/>
+      <c r="N38" s="5"/>
+      <c r="Q38" s="4"/>
+      <c r="R38" s="2"/>
+      <c r="S38" s="2"/>
+      <c r="T38" s="2"/>
+      <c r="U38" s="2"/>
+      <c r="Z38" s="5"/>
+      <c r="AA38" s="5"/>
+      <c r="AB38" s="5"/>
+      <c r="AC38" s="5"/>
+      <c r="AD38" s="5"/>
+      <c r="AJ38" s="2"/>
+      <c r="AT38" s="5"/>
+    </row>
+    <row r="39" spans="4:46" x14ac:dyDescent="0.25">
+      <c r="D39" s="2"/>
+      <c r="E39" s="2"/>
+      <c r="F39" s="2"/>
+      <c r="K39" s="5"/>
+      <c r="L39" s="5"/>
+      <c r="N39" s="5"/>
+      <c r="Q39" s="4"/>
+      <c r="R39" s="2"/>
+      <c r="S39" s="2"/>
+      <c r="T39" s="2"/>
+      <c r="U39" s="2"/>
+      <c r="Z39" s="5"/>
+      <c r="AA39" s="5"/>
+      <c r="AB39" s="5"/>
+      <c r="AC39" s="5"/>
+      <c r="AD39" s="5"/>
+      <c r="AJ39" s="2"/>
+      <c r="AT39" s="5"/>
+    </row>
+    <row r="40" spans="4:46" x14ac:dyDescent="0.25">
+      <c r="D40" s="2"/>
+      <c r="E40" s="2"/>
+      <c r="F40" s="2"/>
+      <c r="K40" s="5"/>
+      <c r="L40" s="5"/>
+      <c r="N40" s="5"/>
+      <c r="Q40" s="4"/>
+      <c r="R40" s="2"/>
+      <c r="S40" s="2"/>
+      <c r="T40" s="2"/>
+      <c r="U40" s="2"/>
+      <c r="Z40" s="5"/>
+      <c r="AA40" s="5"/>
+      <c r="AB40" s="5"/>
+      <c r="AC40" s="5"/>
+      <c r="AD40" s="5"/>
+      <c r="AJ40" s="2"/>
+      <c r="AT40" s="5"/>
+    </row>
+    <row r="41" spans="4:46" x14ac:dyDescent="0.25">
+      <c r="D41" s="2"/>
+      <c r="E41" s="2"/>
+      <c r="F41" s="2"/>
+      <c r="K41" s="5"/>
+      <c r="L41" s="5"/>
+      <c r="N41" s="5"/>
+      <c r="Q41" s="4"/>
+      <c r="R41" s="2"/>
+      <c r="S41" s="2"/>
+      <c r="T41" s="2"/>
+      <c r="U41" s="2"/>
+      <c r="Z41" s="5"/>
+      <c r="AA41" s="5"/>
+      <c r="AB41" s="5"/>
+      <c r="AC41" s="5"/>
+      <c r="AD41" s="5"/>
+      <c r="AJ41" s="2"/>
+      <c r="AT41" s="5"/>
+    </row>
+    <row r="42" spans="4:46" x14ac:dyDescent="0.25">
+      <c r="D42" s="2"/>
+      <c r="E42" s="2"/>
+      <c r="F42" s="2"/>
+      <c r="K42" s="5"/>
+      <c r="L42" s="5"/>
+      <c r="N42" s="5"/>
+      <c r="Q42" s="4"/>
+      <c r="R42" s="2"/>
+      <c r="S42" s="2"/>
+      <c r="T42" s="2"/>
+      <c r="U42" s="2"/>
+      <c r="Z42" s="5"/>
+      <c r="AA42" s="5"/>
+      <c r="AB42" s="5"/>
+      <c r="AC42" s="5"/>
+      <c r="AD42" s="5"/>
+      <c r="AJ42" s="2"/>
+      <c r="AT42" s="5"/>
+    </row>
+    <row r="43" spans="4:46" x14ac:dyDescent="0.25">
+      <c r="D43" s="2"/>
+      <c r="E43" s="2"/>
+      <c r="F43" s="2"/>
+      <c r="K43" s="5"/>
+      <c r="L43" s="5"/>
+      <c r="N43" s="5"/>
+      <c r="Q43" s="4"/>
+      <c r="R43" s="2"/>
+      <c r="S43" s="2"/>
+      <c r="T43" s="2"/>
+      <c r="U43" s="2"/>
+      <c r="Z43" s="5"/>
+      <c r="AA43" s="5"/>
+      <c r="AB43" s="5"/>
+      <c r="AC43" s="5"/>
+      <c r="AD43" s="5"/>
+      <c r="AJ43" s="2"/>
+      <c r="AT43" s="5"/>
+    </row>
+    <row r="44" spans="4:46" x14ac:dyDescent="0.25">
+      <c r="D44" s="2"/>
+      <c r="E44" s="2"/>
+      <c r="F44" s="2"/>
+      <c r="K44" s="5"/>
+      <c r="L44" s="5"/>
+      <c r="N44" s="5"/>
+      <c r="Q44" s="4"/>
+      <c r="R44" s="2"/>
+      <c r="S44" s="2"/>
+      <c r="T44" s="2"/>
+      <c r="U44" s="2"/>
+      <c r="Z44" s="5"/>
+      <c r="AA44" s="5"/>
+      <c r="AB44" s="5"/>
+      <c r="AC44" s="5"/>
+      <c r="AD44" s="5"/>
+      <c r="AJ44" s="2"/>
+      <c r="AT44" s="5"/>
+    </row>
+    <row r="45" spans="4:46" x14ac:dyDescent="0.25">
+      <c r="D45" s="2"/>
+      <c r="E45" s="2"/>
+      <c r="F45" s="2"/>
+      <c r="K45" s="5"/>
+      <c r="L45" s="5"/>
+      <c r="N45" s="5"/>
+      <c r="Q45" s="4"/>
+      <c r="R45" s="2"/>
+      <c r="S45" s="2"/>
+      <c r="T45" s="2"/>
+      <c r="U45" s="2"/>
+      <c r="Z45" s="5"/>
+      <c r="AA45" s="5"/>
+      <c r="AB45" s="5"/>
+      <c r="AC45" s="5"/>
+      <c r="AD45" s="5"/>
+      <c r="AJ45" s="2"/>
+      <c r="AT45" s="5"/>
+    </row>
+    <row r="46" spans="4:46" x14ac:dyDescent="0.25">
+      <c r="D46" s="2"/>
+      <c r="E46" s="2"/>
+      <c r="F46" s="2"/>
+      <c r="K46" s="5"/>
+      <c r="L46" s="5"/>
+      <c r="N46" s="5"/>
+      <c r="Q46" s="4"/>
+      <c r="R46" s="2"/>
+      <c r="S46" s="2"/>
+      <c r="T46" s="2"/>
+      <c r="U46" s="2"/>
+      <c r="Z46" s="5"/>
+      <c r="AA46" s="5"/>
+      <c r="AB46" s="5"/>
+      <c r="AC46" s="5"/>
+      <c r="AD46" s="5"/>
+      <c r="AJ46" s="2"/>
+      <c r="AT46" s="5"/>
+    </row>
+    <row r="47" spans="4:46" x14ac:dyDescent="0.25">
+      <c r="D47" s="2"/>
+      <c r="E47" s="2"/>
+      <c r="F47" s="2"/>
+      <c r="K47" s="5"/>
+      <c r="L47" s="5"/>
+      <c r="N47" s="5"/>
+      <c r="Q47" s="4"/>
+      <c r="R47" s="2"/>
+      <c r="S47" s="2"/>
+      <c r="T47" s="2"/>
+      <c r="U47" s="2"/>
+      <c r="Z47" s="5"/>
+      <c r="AA47" s="5"/>
+      <c r="AB47" s="5"/>
+      <c r="AC47" s="5"/>
+      <c r="AD47" s="5"/>
+      <c r="AJ47" s="2"/>
+      <c r="AT47" s="5"/>
+    </row>
+    <row r="48" spans="4:46" x14ac:dyDescent="0.25">
+      <c r="D48" s="2"/>
+      <c r="E48" s="2"/>
+      <c r="F48" s="2"/>
+      <c r="K48" s="5"/>
+      <c r="L48" s="5"/>
+      <c r="N48" s="5"/>
+      <c r="Q48" s="4"/>
+      <c r="R48" s="2"/>
+      <c r="S48" s="2"/>
+      <c r="T48" s="2"/>
+      <c r="U48" s="2"/>
+      <c r="Z48" s="5"/>
+      <c r="AA48" s="5"/>
+      <c r="AB48" s="5"/>
+      <c r="AC48" s="5"/>
+      <c r="AD48" s="5"/>
+      <c r="AJ48" s="2"/>
+      <c r="AT48" s="5"/>
+    </row>
+    <row r="49" spans="4:46" x14ac:dyDescent="0.25">
+      <c r="D49" s="2"/>
+      <c r="E49" s="2"/>
+      <c r="F49" s="2"/>
+      <c r="K49" s="5"/>
+      <c r="L49" s="5"/>
+      <c r="N49" s="5"/>
+      <c r="Q49" s="4"/>
+      <c r="R49" s="2"/>
+      <c r="S49" s="2"/>
+      <c r="T49" s="2"/>
+      <c r="U49" s="2"/>
+      <c r="Z49" s="5"/>
+      <c r="AA49" s="5"/>
+      <c r="AB49" s="5"/>
+      <c r="AC49" s="5"/>
+      <c r="AD49" s="5"/>
+      <c r="AJ49" s="2"/>
+      <c r="AT49" s="5"/>
+    </row>
+    <row r="50" spans="4:46" x14ac:dyDescent="0.25">
+      <c r="D50" s="2"/>
+      <c r="E50" s="2"/>
+      <c r="F50" s="2"/>
+      <c r="K50" s="5"/>
+      <c r="L50" s="5"/>
+      <c r="N50" s="5"/>
+      <c r="Q50" s="4"/>
+      <c r="R50" s="2"/>
+      <c r="S50" s="2"/>
+      <c r="T50" s="2"/>
+      <c r="U50" s="2"/>
+      <c r="Z50" s="5"/>
+      <c r="AA50" s="5"/>
+      <c r="AB50" s="5"/>
+      <c r="AC50" s="5"/>
+      <c r="AD50" s="5"/>
+      <c r="AJ50" s="2"/>
+      <c r="AT50" s="5"/>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <phoneticPr fontId="11" type="noConversion"/>
   <dataValidations count="4">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AA1:AA10 AC2:AC10 AQ1:AQ1048576 J1:J1048576 AE1:AE1048576 Y1:Y1048576 W1:W1048576 AG1:AG1048576" xr:uid="{00000000-0002-0000-0000-000003000000}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AA1:AA50 AC2:AC50 AQ1:AQ1048576 J1:J1048576 AE1:AE1048576 Y1:Y1048576 W1:W1048576 AG1:AG1048576" xr:uid="{00000000-0002-0000-0000-000003000000}">
       <formula1>"Ja,Nein"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B1:B1048576" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>"Herr,Frau,Divers"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C1048576" xr:uid="{00000000-0002-0000-0000-000001000000}">
       <formula1>"M,W,D"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I1:I1048576" xr:uid="{00000000-0002-0000-0000-000002000000}">
       <formula1>"Aktiv,Passiv"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <ignoredErrors>
     <ignoredError sqref="AG1" listDataValidation="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <tableParts count="1">
     <tablePart r:id="rId4"/>
   </tableParts>
 </worksheet>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B U D A A B Q S w M E F A A C A A g A J 6 c u X C 7 O Z i W l A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n P 2 g i m o + y U H e S m J g Y t 0 2 p 0 A j F 0 G K 5 m w u P 5 B X E K O r O 5 b x 5 i 5 n 7 9 Q Z p X 1 f B R b V W N y Z B D F M U K C O b X J s i Q Z 0 7 h j F K O W y F P I l C B Y N s 7 K K 3 e Y J K 5 8 4 L Q r z 3 2 E 9 w 0 x Y k o p S R Q 7 b Z y V L V A n 1 k / V 8 O t b F O G K k Q h / 1 r D I 8 w m 8 4 x m 8 W Y A h k h Z N p 8 h W j Y + 2 x / I C y 7 y n W t 4 r k K V 2 s g Y w T y / s A f U E s D B B Q A A g A I A C e n L l w P y u m r p A A A A O k A A A A T A B w A W 0 N v b n R l b n R f V H l w Z X N d L n h t b C C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A B t j k s O w j A M R K 8 S e Z + 6 s E A I N W U B 3 I A L R M H 9 i O a j x k X h b C w 4 E l c g b X e I p W f m e e b z e l f H Z A f x o D H 2 3 i n Y F C U I c s b f e t c q m L i R e z j W 1 f U Z K I o c d V F B x x w O i N F 0 Z H U s f C C X n c a P V n M + x x a D N n f d E m 7 L c o f G O y b H k u c f U F d n a v Q 0 s L i k L K + 1 G Q d x W n N z l Q K m x L j I + J e w P 3 k d w t A b z d n E J G 2 U d i F x G V 5 / A V B L A w Q U A A I A C A A n p y 5 c K I p H u A 4 A A A A R A A A A E w A c A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 0 g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A K 0 5 N L s n M z 1 M I h t C G 1 g B Q S w E C L Q A U A A I A C A A n p y 5 c L s 5 m J a U A A A D 2 A A A A E g A A A A A A A A A A A A A A A A A A A A A A Q 2 9 u Z m l n L 1 B h Y 2 t h Z 2 U u e G 1 s U E s B A i 0 A F A A C A A g A J 6 c u X A / K 6 a u k A A A A 6 Q A A A B M A A A A A A A A A A A A A A A A A 8 Q A A A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W x Q S w E C L Q A U A A I A C A A n p y 5 c K I p H u A 4 A A A A R A A A A E w A A A A A A A A A A A A A A A A D i A Q A A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b V B L B Q Y A A A A A A w A D A M I A A A A 9 A g A A A A A Q A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 U G V y b W l z c 2 l v b k x p c 3 Q g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + Z m F s c 2 U 8 L 0 N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + P E Z p c m V 3 Y W x s R W 5 h Y m x l Z D 5 0 c n V l P C 9 G a X J l d 2 F s b E V u Y W J s Z W Q + P C 9 Q Z X J t a X N z a W 9 u T G l z d D 6 X A Q A A A A A A A H U B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E l 0 Z W 1 z P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k F s b E Z v c m 1 1 b G F z P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g g L z 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w c y I g V m F s d W U 9 I n N B Q U F B Q U E 9 P S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j w v S X R l b X M + P C 9 M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U + F g A A A F B L B Q Y A A A A A A A A A A A A A A A A A A A A A A A A m A Q A A A Q A A A N C M n d 8 B F d E R j H o A w E / C l + s B A A A A r 0 o v G p m 0 p U + k 1 W Y + h z U 1 8 A A A A A A C A A A A A A A Q Z g A A A A E A A C A A A A A 7 5 f 3 Z g 4 e e D X Q k g D 3 X 6 9 Y x 2 p E G 1 + O g s G Z B G q c 0 f 8 8 g R Q A A A A A O g A A A A A I A A C A A A A A y y B P l 6 / g y 6 Y W u d p 1 w s J 5 Y C K C R P i R 1 2 8 0 X X Y E v w b 0 6 c F A A A A C B J R F 3 1 D N a u v k X + s 0 P I L o a 4 Y 6 2 v V W w o K i K K S F b J 7 x m H e n x Z e A K i C 3 z d t 7 v h a G P u 4 M G 4 h x A 1 h N 7 y R C o s f l + Z t C t 5 Q j d n A H e B l c Z L 7 9 a m y 8 3 1 E A A A A B y H P 0 P L e G n S I 8 3 M A P 8 K R W O 1 x T R 7 x R f C f r B X 7 U W H D b 9 / c L a l 3 e s x y z 0 / W d L M 9 U B i 9 E t P m M y d K d E 3 I k Y h p 1 8 3 L w + < / D a t a M a s h u p > 
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E42A96A7-19A3-4619-A8F1-4AE56B37555B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>FireManager</Company>